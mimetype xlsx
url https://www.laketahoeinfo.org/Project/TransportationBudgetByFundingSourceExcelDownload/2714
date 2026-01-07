--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc175a8f4244fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22a2b3f00e334004a0448fc8f9199290.psmdcp" Id="R537b23c43df64adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218e296fd71a40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ca3b1d13b504b79889fd13500722208.psmdcp" Id="Rc5f38f165c954509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Project Budgets" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <x:si>
     <x:t>Project ID</x:t>
   </x:si>
   <x:si>
     <x:t>Project Name</x:t>
   </x:si>
   <x:si>
@@ -492,496 +492,496 @@
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>440000</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>440000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G17" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>156000</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>156000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Project Budgets</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Area</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>