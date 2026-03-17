--- v1 (2026-01-07)
+++ v2 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218e296fd71a40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ca3b1d13b504b79889fd13500722208.psmdcp" Id="Rc5f38f165c954509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1c6bd65950401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12d7acfeb64a44968d41b665188eb660.psmdcp" Id="Rb3e14f30011d42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Project Budgets" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <x:si>
     <x:t>Project ID</x:t>
   </x:si>
   <x:si>
     <x:t>Project Name</x:t>
   </x:si>
   <x:si>
@@ -492,496 +492,496 @@
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
-        <x:v>440000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>440000</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="0" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>156000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>156000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Project Budgets</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Area</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>