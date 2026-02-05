--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -1,111 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658f923c43944aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18922511b46045fbb798fe1cf131ff28.psmdcp" Id="R061d69a3222a4968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b3c7060b1e4a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ee9cc31d62142898136e6396e77d877.psmdcp" Id="R36529ec27bed4ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Project Budgets" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <x:si>
     <x:t>Project ID</x:t>
   </x:si>
   <x:si>
     <x:t>Project Name</x:t>
   </x:si>
   <x:si>
     <x:t>Funding Source</x:t>
   </x:si>
   <x:si>
     <x:t>Funding Organization</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Cost Type</x:t>
   </x:si>
   <x:si>
     <x:t>Year</x:t>
   </x:si>
   <x:si>
     <x:t>Budgeted Amount</x:t>
   </x:si>
   <x:si>
     <x:t>South Tahoe Greenway-Upper Truckee River Bridge at Johnson Meadow</x:t>
   </x:si>
   <x:si>
+    <x:t>Surface Transportation Block Grant (STBG) - California</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Federal Highway Administration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Right of Way (aka Land Acquisition)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Preliminary Engineering</x:t>
+  </x:si>
+  <x:si>
     <x:t>AQ Mitigation Funds</x:t>
   </x:si>
   <x:si>
     <x:t>Tahoe Regional Planning Agency</x:t>
   </x:si>
   <x:si>
     <x:t>Local</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Federal</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -492,1585 +492,1585 @@
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>31000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>64780</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G23" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H23" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G24" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H24" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G25" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H25" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G26" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H26" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G27" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="H27" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>500000</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G28" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H28" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G29" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H29" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>269000</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G30" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H30" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G31" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H31" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G32" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="H32" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G33" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H33" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G34" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H34" s="0" t="n">
-        <x:v>269000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G35" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H35" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G36" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H36" s="0" t="n">
-        <x:v>500000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G37" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="H37" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G38" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H38" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G39" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H39" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G40" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H40" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G41" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H41" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G42" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="H42" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G43" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H43" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G44" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H44" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G45" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H45" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G46" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H46" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G47" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="H47" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G48" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H48" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G49" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H49" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G50" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H50" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G51" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H51" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G52" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="H52" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G53" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H53" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G54" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H54" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G55" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H55" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G56" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H56" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G57" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="H57" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>64780</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G58" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H58" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G59" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H59" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>31000</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G60" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H60" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G61" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H61" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Project Budgets</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Area</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>