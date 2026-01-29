--- v0 (2025-11-01)
+++ v1 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R368da309a11c4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e0014d7bbc94a589a4edcd35798f7ca.psmdcp" Id="R07ceb95abf2646ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4451b19d2d93428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad1427dcccdc4cd18f4416cf28bf90a6.psmdcp" Id="R2325dd6bfaab4441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Project Budgets" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <x:si>
     <x:t>Project ID</x:t>
   </x:si>
   <x:si>
     <x:t>Project Name</x:t>
   </x:si>
   <x:si>
@@ -46,57 +46,57 @@
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Cost Type</x:t>
   </x:si>
   <x:si>
     <x:t>Year</x:t>
   </x:si>
   <x:si>
     <x:t>Budgeted Amount</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Highway 50 Corridor Collision Reduction Improvements – SR89 “Y” Junction to Pioneer Trail (SHOPP)</x:t>
   </x:si>
   <x:si>
     <x:t>SHOPP Funds</x:t>
   </x:si>
   <x:si>
     <x:t>California Department of Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>State California</x:t>
   </x:si>
   <x:si>
+    <x:t>Preliminary Engineering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Right of Way (aka Land Acquisition)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Construction</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Preliminary Engineering</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -483,363 +483,363 @@
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1610000</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1470000</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>22060000</x:v>
+        <x:v>300000</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>2720000</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
@@ -847,366 +847,366 @@
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>2320000</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
-        <x:v>2720000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G23" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="H23" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G24" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="H24" s="0" t="n">
-        <x:v>300000</x:v>
+        <x:v>22060000</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G25" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H25" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G26" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H26" s="0" t="n">
-        <x:v>1470000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G27" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="H27" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="n">
         <x:v>4210</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G28" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="H28" s="0" t="n">
-        <x:v>1610000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Project Budgets</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Area</vt:lpstr>
       <vt:lpstr>Project Budgets!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>